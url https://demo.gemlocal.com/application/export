--- v0 (2025-10-14)
+++ v1 (2025-12-29)
@@ -89,51 +89,51 @@
   <si>
     <t>Pending Applications</t>
   </si>
   <si>
     <t>Successful Applications</t>
   </si>
   <si>
     <t>Unsuccessful Applications</t>
   </si>
   <si>
     <t>Withdrawn Applications</t>
   </si>
   <si>
     <t>Total Applied For</t>
   </si>
   <si>
     <t>Total Grant Amount</t>
   </si>
   <si>
     <t>Total Received To Date</t>
   </si>
   <si>
     <t>Demo Community Group Grant Applications</t>
   </si>
   <si>
-    <t>Updated 14th Oct 2025</t>
+    <t>Updated 29th Dec 2025</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project Code</t>
   </si>
   <si>
     <t>Funding Type</t>
   </si>
   <si>
     <t>Aim</t>
   </si>
   <si>
     <t>Outcomes</t>
   </si>
   <si>
     <t>Target Group</t>
   </si>
   <si>
     <t>Project Start Dste</t>
   </si>
   <si>
     <t>Project End Date</t>
   </si>