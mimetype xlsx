--- v1 (2025-12-29)
+++ v2 (2026-02-04)
@@ -89,51 +89,51 @@
   <si>
     <t>Pending Applications</t>
   </si>
   <si>
     <t>Successful Applications</t>
   </si>
   <si>
     <t>Unsuccessful Applications</t>
   </si>
   <si>
     <t>Withdrawn Applications</t>
   </si>
   <si>
     <t>Total Applied For</t>
   </si>
   <si>
     <t>Total Grant Amount</t>
   </si>
   <si>
     <t>Total Received To Date</t>
   </si>
   <si>
     <t>Demo Community Group Grant Applications</t>
   </si>
   <si>
-    <t>Updated 29th Dec 2025</t>
+    <t>Updated 4th Feb 2026</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project Code</t>
   </si>
   <si>
     <t>Funding Type</t>
   </si>
   <si>
     <t>Aim</t>
   </si>
   <si>
     <t>Outcomes</t>
   </si>
   <si>
     <t>Target Group</t>
   </si>
   <si>
     <t>Project Start Dste</t>
   </si>
   <si>
     <t>Project End Date</t>
   </si>