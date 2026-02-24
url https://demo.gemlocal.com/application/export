--- v2 (2026-02-04)
+++ v3 (2026-02-24)
@@ -89,51 +89,51 @@
   <si>
     <t>Pending Applications</t>
   </si>
   <si>
     <t>Successful Applications</t>
   </si>
   <si>
     <t>Unsuccessful Applications</t>
   </si>
   <si>
     <t>Withdrawn Applications</t>
   </si>
   <si>
     <t>Total Applied For</t>
   </si>
   <si>
     <t>Total Grant Amount</t>
   </si>
   <si>
     <t>Total Received To Date</t>
   </si>
   <si>
     <t>Demo Community Group Grant Applications</t>
   </si>
   <si>
-    <t>Updated 4th Feb 2026</t>
+    <t>Updated 25th Feb 2026</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project Code</t>
   </si>
   <si>
     <t>Funding Type</t>
   </si>
   <si>
     <t>Aim</t>
   </si>
   <si>
     <t>Outcomes</t>
   </si>
   <si>
     <t>Target Group</t>
   </si>
   <si>
     <t>Project Start Dste</t>
   </si>
   <si>
     <t>Project End Date</t>
   </si>