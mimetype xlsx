--- v3 (2026-02-24)
+++ v4 (2026-03-18)
@@ -89,51 +89,51 @@
   <si>
     <t>Pending Applications</t>
   </si>
   <si>
     <t>Successful Applications</t>
   </si>
   <si>
     <t>Unsuccessful Applications</t>
   </si>
   <si>
     <t>Withdrawn Applications</t>
   </si>
   <si>
     <t>Total Applied For</t>
   </si>
   <si>
     <t>Total Grant Amount</t>
   </si>
   <si>
     <t>Total Received To Date</t>
   </si>
   <si>
     <t>Demo Community Group Grant Applications</t>
   </si>
   <si>
-    <t>Updated 25th Feb 2026</t>
+    <t>Updated 18th Mar 2026</t>
   </si>
   <si>
     <t>Project Name</t>
   </si>
   <si>
     <t>Project Code</t>
   </si>
   <si>
     <t>Funding Type</t>
   </si>
   <si>
     <t>Aim</t>
   </si>
   <si>
     <t>Outcomes</t>
   </si>
   <si>
     <t>Target Group</t>
   </si>
   <si>
     <t>Project Start Dste</t>
   </si>
   <si>
     <t>Project End Date</t>
   </si>