--- v0 (2025-10-14)
+++ v1 (2025-11-13)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Calendar (Filter)" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Calendar (Filter)'!$A$5:$U$5</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Strategic Grants</t>
   </si>
   <si>
     <t>Demo Community Group Grants Calendar</t>
   </si>
   <si>
-    <t>14th Oct 2025</t>
+    <t>13th Nov 2025</t>
   </si>
   <si>
     <t>Opening Date</t>
   </si>
   <si>
     <t>Closing Date</t>
   </si>
   <si>
     <t>Closing Date Status</t>
   </si>
   <si>
     <t>Closing Date Notes</t>
   </si>
   <si>
     <t>Grant Name</t>
   </si>
   <si>
     <t>Funder Name</t>
   </si>
   <si>
     <t>Funding Criteria</t>
   </si>
   <si>
     <t>Eligibility</t>
   </si>
@@ -913,51 +913,51 @@
       </c>
       <c r="N7" t="s">
         <v>34</v>
       </c>
       <c r="P7" t="s">
         <v>48</v>
       </c>
       <c r="Q7" t="s">
         <v>37</v>
       </c>
       <c r="R7" t="s">
         <v>38</v>
       </c>
       <c r="S7" t="s">
         <v>39</v>
       </c>
       <c r="T7" t="s">
         <v>40</v>
       </c>
       <c r="U7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:21" customHeight="1" ht="100">
       <c r="A8" s="1">
-        <v>44562.551608796</v>
+        <v>44562.797291667</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>49</v>
       </c>
       <c r="E8" t="s">
         <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
         <v>28</v>
       </c>
       <c r="I8" t="s">
         <v>29</v>
       </c>
       <c r="J8" t="s">
         <v>51</v>
       </c>