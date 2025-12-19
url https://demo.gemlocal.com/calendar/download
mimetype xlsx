--- v1 (2025-11-13)
+++ v2 (2025-12-19)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Calendar (Filter)" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Calendar (Filter)'!$A$5:$U$5</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Strategic Grants</t>
   </si>
   <si>
     <t>Demo Community Group Grants Calendar</t>
   </si>
   <si>
-    <t>13th Nov 2025</t>
+    <t>19th Dec 2025</t>
   </si>
   <si>
     <t>Opening Date</t>
   </si>
   <si>
     <t>Closing Date</t>
   </si>
   <si>
     <t>Closing Date Status</t>
   </si>
   <si>
     <t>Closing Date Notes</t>
   </si>
   <si>
     <t>Grant Name</t>
   </si>
   <si>
     <t>Funder Name</t>
   </si>
   <si>
     <t>Funding Criteria</t>
   </si>
   <si>
     <t>Eligibility</t>
   </si>
@@ -913,51 +913,51 @@
       </c>
       <c r="N7" t="s">
         <v>34</v>
       </c>
       <c r="P7" t="s">
         <v>48</v>
       </c>
       <c r="Q7" t="s">
         <v>37</v>
       </c>
       <c r="R7" t="s">
         <v>38</v>
       </c>
       <c r="S7" t="s">
         <v>39</v>
       </c>
       <c r="T7" t="s">
         <v>40</v>
       </c>
       <c r="U7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:21" customHeight="1" ht="100">
       <c r="A8" s="1">
-        <v>44562.797291667</v>
+        <v>44562.439641204</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>49</v>
       </c>
       <c r="E8" t="s">
         <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
         <v>28</v>
       </c>
       <c r="I8" t="s">
         <v>29</v>
       </c>
       <c r="J8" t="s">
         <v>51</v>
       </c>