--- v2 (2025-12-19)
+++ v3 (2026-02-04)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Calendar (Filter)" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Calendar (Filter)'!$A$5:$U$5</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Strategic Grants</t>
   </si>
   <si>
     <t>Demo Community Group Grants Calendar</t>
   </si>
   <si>
-    <t>19th Dec 2025</t>
+    <t>4th Feb 2026</t>
   </si>
   <si>
     <t>Opening Date</t>
   </si>
   <si>
     <t>Closing Date</t>
   </si>
   <si>
     <t>Closing Date Status</t>
   </si>
   <si>
     <t>Closing Date Notes</t>
   </si>
   <si>
     <t>Grant Name</t>
   </si>
   <si>
     <t>Funder Name</t>
   </si>
   <si>
     <t>Funding Criteria</t>
   </si>
   <si>
     <t>Eligibility</t>
   </si>
@@ -913,51 +913,51 @@
       </c>
       <c r="N7" t="s">
         <v>34</v>
       </c>
       <c r="P7" t="s">
         <v>48</v>
       </c>
       <c r="Q7" t="s">
         <v>37</v>
       </c>
       <c r="R7" t="s">
         <v>38</v>
       </c>
       <c r="S7" t="s">
         <v>39</v>
       </c>
       <c r="T7" t="s">
         <v>40</v>
       </c>
       <c r="U7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:21" customHeight="1" ht="100">
       <c r="A8" s="1">
-        <v>44562.439641204</v>
+        <v>44562.531030093</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>49</v>
       </c>
       <c r="E8" t="s">
         <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
         <v>28</v>
       </c>
       <c r="I8" t="s">
         <v>29</v>
       </c>
       <c r="J8" t="s">
         <v>51</v>
       </c>