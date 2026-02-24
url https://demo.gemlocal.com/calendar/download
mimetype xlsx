--- v3 (2026-02-04)
+++ v4 (2026-02-24)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Calendar (Filter)" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Calendar (Filter)'!$A$5:$U$5</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Strategic Grants</t>
   </si>
   <si>
     <t>Demo Community Group Grants Calendar</t>
   </si>
   <si>
-    <t>4th Feb 2026</t>
+    <t>25th Feb 2026</t>
   </si>
   <si>
     <t>Opening Date</t>
   </si>
   <si>
     <t>Closing Date</t>
   </si>
   <si>
     <t>Closing Date Status</t>
   </si>
   <si>
     <t>Closing Date Notes</t>
   </si>
   <si>
     <t>Grant Name</t>
   </si>
   <si>
     <t>Funder Name</t>
   </si>
   <si>
     <t>Funding Criteria</t>
   </si>
   <si>
     <t>Eligibility</t>
   </si>
@@ -913,51 +913,51 @@
       </c>
       <c r="N7" t="s">
         <v>34</v>
       </c>
       <c r="P7" t="s">
         <v>48</v>
       </c>
       <c r="Q7" t="s">
         <v>37</v>
       </c>
       <c r="R7" t="s">
         <v>38</v>
       </c>
       <c r="S7" t="s">
         <v>39</v>
       </c>
       <c r="T7" t="s">
         <v>40</v>
       </c>
       <c r="U7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:21" customHeight="1" ht="100">
       <c r="A8" s="1">
-        <v>44562.531030093</v>
+        <v>44562.415486111</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>49</v>
       </c>
       <c r="E8" t="s">
         <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
         <v>28</v>
       </c>
       <c r="I8" t="s">
         <v>29</v>
       </c>
       <c r="J8" t="s">
         <v>51</v>
       </c>