--- v4 (2026-02-24)
+++ v5 (2026-03-18)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Calendar (Filter)" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Calendar (Filter)'!$A$5:$U$5</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Strategic Grants</t>
   </si>
   <si>
     <t>Demo Community Group Grants Calendar</t>
   </si>
   <si>
-    <t>25th Feb 2026</t>
+    <t>18th Mar 2026</t>
   </si>
   <si>
     <t>Opening Date</t>
   </si>
   <si>
     <t>Closing Date</t>
   </si>
   <si>
     <t>Closing Date Status</t>
   </si>
   <si>
     <t>Closing Date Notes</t>
   </si>
   <si>
     <t>Grant Name</t>
   </si>
   <si>
     <t>Funder Name</t>
   </si>
   <si>
     <t>Funding Criteria</t>
   </si>
   <si>
     <t>Eligibility</t>
   </si>
@@ -913,51 +913,51 @@
       </c>
       <c r="N7" t="s">
         <v>34</v>
       </c>
       <c r="P7" t="s">
         <v>48</v>
       </c>
       <c r="Q7" t="s">
         <v>37</v>
       </c>
       <c r="R7" t="s">
         <v>38</v>
       </c>
       <c r="S7" t="s">
         <v>39</v>
       </c>
       <c r="T7" t="s">
         <v>40</v>
       </c>
       <c r="U7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:21" customHeight="1" ht="100">
       <c r="A8" s="1">
-        <v>44562.415486111</v>
+        <v>44562.909988426</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>49</v>
       </c>
       <c r="E8" t="s">
         <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
         <v>28</v>
       </c>
       <c r="I8" t="s">
         <v>29</v>
       </c>
       <c r="J8" t="s">
         <v>51</v>
       </c>