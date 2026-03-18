--- v5 (2026-03-18)
+++ v6 (2026-03-18)
@@ -913,51 +913,51 @@
       </c>
       <c r="N7" t="s">
         <v>34</v>
       </c>
       <c r="P7" t="s">
         <v>48</v>
       </c>
       <c r="Q7" t="s">
         <v>37</v>
       </c>
       <c r="R7" t="s">
         <v>38</v>
       </c>
       <c r="S7" t="s">
         <v>39</v>
       </c>
       <c r="T7" t="s">
         <v>40</v>
       </c>
       <c r="U7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:21" customHeight="1" ht="100">
       <c r="A8" s="1">
-        <v>44562.909988426</v>
+        <v>44562.972592593</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>49</v>
       </c>
       <c r="E8" t="s">
         <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
         <v>28</v>
       </c>
       <c r="I8" t="s">
         <v>29</v>
       </c>
       <c r="J8" t="s">
         <v>51</v>
       </c>